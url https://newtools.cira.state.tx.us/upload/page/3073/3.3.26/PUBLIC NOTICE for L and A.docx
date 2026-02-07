--- v0 (2026-01-25)
+++ v1 (2026-02-07)
@@ -197,107 +197,91 @@
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(La prueba del equipo de tabulación automática para la </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00240030" w:rsidRPr="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>marzo</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> de la enmianda constitucional y jurisdicciones se llevará a cabo en la</w:t>
+        <w:t xml:space="preserve"> eleción de la enmianda constitucional y jurisdicciones se llevará a cabo en la</w:t>
       </w:r>
       <w:r w:rsidR="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hopkins County </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Elections Office</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>119 College</w:t>
@@ -308,295 +292,432 @@
         </w:rPr>
         <w:t xml:space="preserve"> St</w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>reet</w:t>
       </w:r>
       <w:r w:rsidRPr="00E4327B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, Sulphur Springs, Tx 75482, en las siguientes fechas:)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA4D5DA" w14:textId="77777777" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43C800DA" w14:textId="798246AE" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
+    <w:p w14:paraId="01B253DF" w14:textId="3148359B" w:rsidR="00CD69FF" w:rsidRDefault="00CD69FF" w:rsidP="00752FA8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:t>Rescheduled due to weather conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C800DA" w14:textId="75FCE38B" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Test #1 – </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>January</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD69FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6243AA75" w14:textId="68FCE93B" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">approximately </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:00 A.M.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B52336F" w14:textId="5AB3BD16" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00240030">
+    <w:p w14:paraId="1B52336F" w14:textId="051FFCC7" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00240030">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(Examen #1 – </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD69FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00240030" w:rsidRPr="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>enero</w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>del 202</w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F73AD9B" w14:textId="05F84FC9" w:rsidR="00AE41DF" w:rsidRPr="00E4327B" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
+    <w:p w14:paraId="0F73AD9B" w14:textId="05F84FC9" w:rsidR="00AE41DF" w:rsidRDefault="00AE41DF" w:rsidP="00752FA8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> a las </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aproximadamente a las </w:t>
       </w:r>
       <w:r w:rsidR="00240030">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>:00 a.m.)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AE41DF" w:rsidRPr="00E4327B">
+    <w:p w14:paraId="59D3CB33" w14:textId="77777777" w:rsidR="00CD69FF" w:rsidRDefault="00CD69FF" w:rsidP="00752FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0816DBD1" w14:textId="799DBAA0" w:rsidR="00CD69FF" w:rsidRDefault="00CD69FF" w:rsidP="00CD69FF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Test #1 – January 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFB86FD" w14:textId="77777777" w:rsidR="00CD69FF" w:rsidRDefault="00CD69FF" w:rsidP="00CD69FF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>approximately 10:00 A.M.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F767C3E" w14:textId="111FA6CC" w:rsidR="00CD69FF" w:rsidRDefault="00CD69FF" w:rsidP="00CD69FF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(Examen #1 – 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240030">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>enero</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del 2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F891265" w14:textId="77777777" w:rsidR="00CD69FF" w:rsidRPr="00E4327B" w:rsidRDefault="00CD69FF" w:rsidP="00CD69FF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Aproximadamente a las 10:00 a.m.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A8F6F4" w14:textId="77777777" w:rsidR="00CD69FF" w:rsidRPr="00E4327B" w:rsidRDefault="00CD69FF" w:rsidP="00752FA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CD69FF" w:rsidRPr="00E4327B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00752FA8"/>
     <w:rsid w:val="001558AB"/>
     <w:rsid w:val="001D7713"/>
+    <w:rsid w:val="00213169"/>
+    <w:rsid w:val="00217F41"/>
     <w:rsid w:val="002223DC"/>
     <w:rsid w:val="00240030"/>
     <w:rsid w:val="004F000F"/>
     <w:rsid w:val="005C77B4"/>
     <w:rsid w:val="00752FA8"/>
     <w:rsid w:val="00AE41DF"/>
+    <w:rsid w:val="00CD69FF"/>
     <w:rsid w:val="00E4327B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1187,50 +1308,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00752FA8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -1853,69 +1975,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>94</Words>
-  <Characters>540</Characters>
+  <Words>119</Words>
+  <Characters>681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>633</CharactersWithSpaces>
+  <CharactersWithSpaces>799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Katelyn Kneifl</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>